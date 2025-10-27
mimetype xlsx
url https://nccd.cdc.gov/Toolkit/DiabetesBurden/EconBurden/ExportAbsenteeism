--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48de1b0bca6044de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3315301c89b42699663a504a160d082.psmdcp" Id="Re716eaa604ec4a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1adc5135d6714f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e9c057eda9c416da1112cf5f29e499d.psmdcp" Id="R1fd95ea405fd4c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Absenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Absenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>