--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1adc5135d6714f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e9c057eda9c416da1112cf5f29e499d.psmdcp" Id="R1fd95ea405fd4c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f07c379eea64b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98401a0d7c494ea88cc72c790a675d20.psmdcp" Id="R890805ab37c9454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Absenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Absenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>