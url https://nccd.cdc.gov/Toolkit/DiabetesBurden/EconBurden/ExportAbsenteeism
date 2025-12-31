--- v2 (2025-11-17)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f07c379eea64b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98401a0d7c494ea88cc72c790a675d20.psmdcp" Id="R890805ab37c9454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dda413dae704c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d79887b57b044cf5879f0b7ff2fc7e74.psmdcp" Id="Rb0528ac4fd4e44d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Absenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Absenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>