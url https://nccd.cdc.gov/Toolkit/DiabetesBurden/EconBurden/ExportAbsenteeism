--- v3 (2025-12-31)
+++ v4 (2026-01-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dda413dae704c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d79887b57b044cf5879f0b7ff2fc7e74.psmdcp" Id="Rb0528ac4fd4e44d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9c96ae3f6849ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0eac89dceef4e2cb29d21c7ccc99b10.psmdcp" Id="R00f5bd2a99bb474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Absenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Absenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>