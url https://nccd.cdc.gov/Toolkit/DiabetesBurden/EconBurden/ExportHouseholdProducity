--- v0 (2025-10-09)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5e3d8344224445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c555055bc72c40dbb668cc7bd275bf17.psmdcp" Id="R91783d0996fb479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794c5cd104c44b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8be8e5621b246078811f73dcd7716ed.psmdcp" Id="R7381af5488cd4b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>