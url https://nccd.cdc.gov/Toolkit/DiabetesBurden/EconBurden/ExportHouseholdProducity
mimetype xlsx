--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794c5cd104c44b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8be8e5621b246078811f73dcd7716ed.psmdcp" Id="R7381af5488cd4b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf336db3678924db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/628298c529fc4fd0a607612112a88a07.psmdcp" Id="R892a7bcc74034533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>