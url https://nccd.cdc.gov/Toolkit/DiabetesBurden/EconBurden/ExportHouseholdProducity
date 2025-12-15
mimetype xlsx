--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf336db3678924db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/628298c529fc4fd0a607612112a88a07.psmdcp" Id="R892a7bcc74034533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0338765df30c4c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/783ca40ce8074a109977f7fdcec29943.psmdcp" Id="Rba544eaf81c54ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>