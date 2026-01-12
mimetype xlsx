--- v3 (2025-12-15)
+++ v4 (2026-01-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0338765df30c4c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/783ca40ce8074a109977f7fdcec29943.psmdcp" Id="Rba544eaf81c54ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ed29157237490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c10333ab8f104f5b90d38a3af4f58357.psmdcp" Id="Rc114186cf8f64c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>