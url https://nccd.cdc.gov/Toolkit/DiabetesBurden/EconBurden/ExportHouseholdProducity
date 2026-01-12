--- v4 (2026-01-12)
+++ v5 (2026-01-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ed29157237490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c10333ab8f104f5b90d38a3af4f58357.psmdcp" Id="Rc114186cf8f64c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbaeeb3bc434d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb94314ca47c4714a5b6bfb25b847cd7.psmdcp" Id="R97e381aab48642bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>