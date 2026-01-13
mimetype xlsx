--- v5 (2026-01-12)
+++ v6 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbaeeb3bc434d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb94314ca47c4714a5b6bfb25b847cd7.psmdcp" Id="R97e381aab48642bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f3e2c186004be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e182aa8ca525494c8d9c6bfa5f09497b.psmdcp" Id="R354d20e52ef34fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>