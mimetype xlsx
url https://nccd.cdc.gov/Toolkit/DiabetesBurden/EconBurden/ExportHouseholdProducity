--- v6 (2026-01-13)
+++ v7 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f3e2c186004be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e182aa8ca525494c8d9c6bfa5f09497b.psmdcp" Id="R354d20e52ef34fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra127f0c78e874d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95388ab597af4df18026c99753dc5b41.psmdcp" Id="Rcf678894119742fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>