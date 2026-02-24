--- v7 (2026-02-03)
+++ v8 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra127f0c78e874d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95388ab597af4df18026c99753dc5b41.psmdcp" Id="Rcf678894119742fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67520808fc604117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2b24c68dd8d46f19b15a3b15afe2a1d.psmdcp" Id="R31be91e7cc7545cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Household Prod" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Household Productivity Losses Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>