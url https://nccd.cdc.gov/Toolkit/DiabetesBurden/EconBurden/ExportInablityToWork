--- v0 (2025-10-06)
+++ v1 (2025-11-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae238d13e134938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a26bb0960ef44899827239c781de23b.psmdcp" Id="R63a746420a434b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re452bae857a04571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7d8634582c04300bd46b8f61bf317b9.psmdcp" Id="R432143a087d44a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Inability to Work" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Costs of Inability to Work Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>