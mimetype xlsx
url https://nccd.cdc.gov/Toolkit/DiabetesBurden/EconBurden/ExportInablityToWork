--- v1 (2025-11-13)
+++ v2 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re452bae857a04571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7d8634582c04300bd46b8f61bf317b9.psmdcp" Id="R432143a087d44a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9244ae590c6e49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e96135b75b847b8a1a5b267e47c265b.psmdcp" Id="Rdf50d8b75f5342c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Inability to Work" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Costs of Inability to Work Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>