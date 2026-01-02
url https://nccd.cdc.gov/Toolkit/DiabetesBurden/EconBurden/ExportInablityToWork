--- v2 (2025-12-12)
+++ v3 (2026-01-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9244ae590c6e49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e96135b75b847b8a1a5b267e47c265b.psmdcp" Id="Rdf50d8b75f5342c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83c4e31c8d1648b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93dc8bd9735c487eb7c7c57186e2f450.psmdcp" Id="R8bda3c80c15844f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Inability to Work" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Costs of Inability to Work Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>