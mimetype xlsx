--- v3 (2026-01-02)
+++ v4 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83c4e31c8d1648b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93dc8bd9735c487eb7c7c57186e2f450.psmdcp" Id="R8bda3c80c15844f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb20a80938ac4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2aa1f7cb0d846c9910d57aefedeab8b.psmdcp" Id="Rdfbb4aa1eefe418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Inability to Work" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Costs of Inability to Work Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>