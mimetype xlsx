--- v4 (2026-01-23)
+++ v5 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb20a80938ac4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2aa1f7cb0d846c9910d57aefedeab8b.psmdcp" Id="Rdfbb4aa1eefe418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d3391c10b34b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e84cdd5390a4960945153b89c74488f.psmdcp" Id="Re829e0899f164454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Inability to Work" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Costs of Inability to Work Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>