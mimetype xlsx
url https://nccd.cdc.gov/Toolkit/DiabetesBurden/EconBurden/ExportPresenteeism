--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0be5c08a7aca46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00d3892fda4c4e748fb26b22f4793821.psmdcp" Id="R804a212047814e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791bb2f0eeac4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f9af20f868448e7bd49f64239bf10bf.psmdcp" Id="R0cea1a8373a84fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Presenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Presenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>