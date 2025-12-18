--- v1 (2025-11-27)
+++ v2 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791bb2f0eeac4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f9af20f868448e7bd49f64239bf10bf.psmdcp" Id="R0cea1a8373a84fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30a73165d714e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/354ccc01171740f8a6b0ab593bd0ae89.psmdcp" Id="R053b025613cc476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Presenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Presenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>