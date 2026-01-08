--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30a73165d714e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/354ccc01171740f8a6b0ab593bd0ae89.psmdcp" Id="R053b025613cc476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7e5e20bd89492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91da003621df48b18bedf4ec55cf14e5.psmdcp" Id="R4210fefacbb94e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Presenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Presenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>