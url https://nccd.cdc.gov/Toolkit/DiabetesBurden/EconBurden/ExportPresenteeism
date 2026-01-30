--- v3 (2026-01-08)
+++ v4 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7e5e20bd89492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91da003621df48b18bedf4ec55cf14e5.psmdcp" Id="R4210fefacbb94e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra99ce187546c45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46a67aa91cb14703ae3ecd81c53dfd9c.psmdcp" Id="R7099e32be8f240c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Presenteeism Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Work Presenteeism Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>