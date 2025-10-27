--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbf3b08169d4a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/832e49b294434a0fa48697f1d1888638.psmdcp" Id="R56b905537edd4c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654455fe773f4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bedf94aa3c2f4bb9a6a8ae06d837b847.psmdcp" Id="R31a1f939c1ee4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of CHF" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Congestive Heart Failure as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>