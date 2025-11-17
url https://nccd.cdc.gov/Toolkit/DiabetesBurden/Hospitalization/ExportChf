--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654455fe773f4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bedf94aa3c2f4bb9a6a8ae06d837b847.psmdcp" Id="R31a1f939c1ee4dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539a56a1bfc1481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/302d82bcb8e84d6f8e85a33f6c91cc7e.psmdcp" Id="R2ecd13fc54a14695" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of CHF" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Congestive Heart Failure as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>