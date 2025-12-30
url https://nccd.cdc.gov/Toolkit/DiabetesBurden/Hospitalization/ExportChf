--- v2 (2025-11-17)
+++ v3 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539a56a1bfc1481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/302d82bcb8e84d6f8e85a33f6c91cc7e.psmdcp" Id="R2ecd13fc54a14695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997b1f42aad34e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cec8f7dda75b47a199670c459034d615.psmdcp" Id="R869ce4e0223e4874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of CHF" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Congestive Heart Failure as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>