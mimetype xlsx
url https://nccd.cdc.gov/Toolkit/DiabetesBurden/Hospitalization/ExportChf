--- v3 (2025-12-30)
+++ v4 (2026-01-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997b1f42aad34e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cec8f7dda75b47a199670c459034d615.psmdcp" Id="R869ce4e0223e4874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231c8164f6984ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dd69bd89e7049828e03e9afc73ff20e.psmdcp" Id="Re78775ed4ce346ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of CHF" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Congestive Heart Failure as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>