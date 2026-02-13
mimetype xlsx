--- v4 (2026-01-23)
+++ v5 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231c8164f6984ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dd69bd89e7049828e03e9afc73ff20e.psmdcp" Id="Re78775ed4ce346ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45cdd95ff8d64481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be135fb4aad34c7889e3d641146f387f.psmdcp" Id="R44cff196d27b47b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of CHF" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Congestive Heart Failure as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>