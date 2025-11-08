--- v0 (2025-10-06)
+++ v1 (2025-11-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c03f45cda34b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb440b2790f40ad8414fdc97868200a.psmdcp" Id="Recc2975a6e25468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca74c75120e4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8c179321f814999a9d93eeb929c7445.psmdcp" Id="Rf1821ce76eab4d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of DK" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Diabetic Ketoacidosis as First-Listed Diagnosis, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>