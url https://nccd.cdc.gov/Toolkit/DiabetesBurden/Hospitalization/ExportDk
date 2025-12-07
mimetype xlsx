--- v1 (2025-11-08)
+++ v2 (2025-12-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca74c75120e4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8c179321f814999a9d93eeb929c7445.psmdcp" Id="Rf1821ce76eab4d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a8515304744309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ed5cd26fee14bc5a0a58a385ab9c6b1.psmdcp" Id="R1a28445950ed44df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of DK" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Diabetic Ketoacidosis as First-Listed Diagnosis, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>