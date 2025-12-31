--- v2 (2025-12-07)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a8515304744309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ed5cd26fee14bc5a0a58a385ab9c6b1.psmdcp" Id="R1a28445950ed44df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R856537b743794817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f87ca678c744af19521c9bd08e415c4.psmdcp" Id="R9c29616634d94474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of DK" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Diabetic Ketoacidosis as First-Listed Diagnosis, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>