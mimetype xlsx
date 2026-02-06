--- v3 (2025-12-31)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R856537b743794817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f87ca678c744af19521c9bd08e415c4.psmdcp" Id="R9c29616634d94474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra166c9ec59cd4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0603c0aa8d9d42eeba21c5775d7df4c4.psmdcp" Id="R22af2315c7e04d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of DK" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Diabetic Ketoacidosis as First-Listed Diagnosis, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>