--- v0 (2025-10-09)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d26139591c9475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1c7888ff723454cb7af386f8146eebf.psmdcp" Id="R00e559f2cb7b409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58bdd6307eec4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b781a271c6a24c7ca7f541e94d8b5853.psmdcp" Id="Re0fbb7f590ce4288" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Hg" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Hypoglycemia as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>