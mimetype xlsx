--- v1 (2025-11-14)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58bdd6307eec4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b781a271c6a24c7ca7f541e94d8b5853.psmdcp" Id="Re0fbb7f590ce4288" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e765664a5e1474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9e0e3eaee774e6b83ceaf4d01d4a164.psmdcp" Id="Rfa5d9ce221e248c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Hg" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Hypoglycemia as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>