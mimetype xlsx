--- v2 (2026-01-14)
+++ v3 (2026-02-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e765664a5e1474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9e0e3eaee774e6b83ceaf4d01d4a164.psmdcp" Id="Rfa5d9ce221e248c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1844f3a074a4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5caf403a85aa4f6abf3c20b393dbe8a2.psmdcp" Id="Ra963573a21b649ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Hg" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Hypoglycemia as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>