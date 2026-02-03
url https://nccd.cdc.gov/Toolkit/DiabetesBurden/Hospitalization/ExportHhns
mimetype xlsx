--- v0 (2026-01-12)
+++ v1 (2026-02-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67f65e5040f4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b178b226a5b42408f1e3287bddb09b8.psmdcp" Id="Rbab55c4689bd4578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R433b0b92fd0c4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a1c7918a38249ef9632026e6c1a1a18.psmdcp" Id="Re349a9cea3c8412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of HHNS" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Hyperosmolar Hyperglycemic Nonketotic Syndrome as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>