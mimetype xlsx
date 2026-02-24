--- v1 (2026-02-03)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R433b0b92fd0c4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a1c7918a38249ef9632026e6c1a1a18.psmdcp" Id="Re349a9cea3c8412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a855829d2241ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/676895c042654c9083dd6c49f69467b1.psmdcp" Id="Re9ae6dfcc8a740a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of HHNS" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Hyperosmolar Hyperglycemic Nonketotic Syndrome as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>