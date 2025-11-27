--- v0 (2025-10-14)
+++ v1 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83c675eebb0f4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4c3b5d5fc4d43f6bed3af3e56e8f337.psmdcp" Id="R3b693dd7e9734156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d51b6c3a044a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78725dad635a4f40ab29c3307e90fe6b.psmdcp" Id="Rfecc65db846346ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Lea" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Lower Extremity Amputations in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>