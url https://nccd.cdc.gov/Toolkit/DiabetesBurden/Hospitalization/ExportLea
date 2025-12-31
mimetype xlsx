--- v1 (2025-11-27)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d51b6c3a044a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78725dad635a4f40ab29c3307e90fe6b.psmdcp" Id="Rfecc65db846346ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799c7be5c00d4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f29a2a9097b74a0f909fe137a68b343e.psmdcp" Id="Rb6f04366736c4708" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Lea" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Lower Extremity Amputations in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>