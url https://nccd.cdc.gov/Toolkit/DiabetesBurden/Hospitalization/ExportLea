--- v2 (2025-12-31)
+++ v3 (2026-01-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799c7be5c00d4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f29a2a9097b74a0f909fe137a68b343e.psmdcp" Id="Rb6f04366736c4708" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb2cf5a1682e4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d318fafbcb9d49af8f7edbb00031825b.psmdcp" Id="Rdab53dfd94494974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Lea" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Lower Extremity Amputations in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>