--- v3 (2026-01-23)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb2cf5a1682e4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d318fafbcb9d49af8f7edbb00031825b.psmdcp" Id="Rdab53dfd94494974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0502376ddcc6488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f079aef5fbc94ee298352ec99eb378a9.psmdcp" Id="R8a9c87e12af64b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Lea" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Lower Extremity Amputations in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>