--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9402edf14a284c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3b6d94b17714451a417692daf2d3b71.psmdcp" Id="Re81262a4ba94437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192c2c18f8ef4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4958fe6024749d5add9fd7d2f406f30.psmdcp" Id="Rc25d726b13fe4559" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Mi" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Myocardial Infarction as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>