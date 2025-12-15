--- v1 (2025-11-03)
+++ v2 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192c2c18f8ef4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4958fe6024749d5add9fd7d2f406f30.psmdcp" Id="Rc25d726b13fe4559" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347eac21dcb34000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6d3a264ef6647ad9d3f04d7d13a3640.psmdcp" Id="R448e102061554cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Mi" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Myocardial Infarction as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>