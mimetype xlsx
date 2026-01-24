--- v2 (2025-12-15)
+++ v3 (2026-01-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347eac21dcb34000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6d3a264ef6647ad9d3f04d7d13a3640.psmdcp" Id="R448e102061554cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca37f40b481d445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc06709792ae4f46ac68bcf567959196.psmdcp" Id="Rc689c8a079c5442f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Mi" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Myocardial Infarction as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>