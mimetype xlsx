--- v3 (2026-01-24)
+++ v4 (2026-01-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca37f40b481d445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc06709792ae4f46ac68bcf567959196.psmdcp" Id="Rc689c8a079c5442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0feaeea1c34841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a9beb0c36dc4522b18608e4d7588ece.psmdcp" Id="R2a01a7efd0e44776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of Mi" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Myocardial Infarction as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>