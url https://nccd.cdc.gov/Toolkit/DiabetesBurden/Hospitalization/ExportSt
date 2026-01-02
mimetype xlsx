--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8154e3e5b5834130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1a85d3fa6674cb5a902b154de4f3be5.psmdcp" Id="R0cfa242f53544612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da5e022675c46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/827dc7a8e12b4b60b1a120fb4bde0ed1.psmdcp" Id="R3e11db2c27244b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of St" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Stroke as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>