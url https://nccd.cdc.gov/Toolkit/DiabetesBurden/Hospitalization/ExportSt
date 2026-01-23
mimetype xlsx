--- v1 (2026-01-02)
+++ v2 (2026-01-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da5e022675c46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/827dc7a8e12b4b60b1a120fb4bde0ed1.psmdcp" Id="R3e11db2c27244b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdac6c8cf754dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d590102e6d1847918aaeb6045a9151a9.psmdcp" Id="Rce5bde8356204e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of St" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Stroke as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>