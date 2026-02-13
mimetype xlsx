--- v2 (2026-01-23)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdac6c8cf754dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d590102e6d1847918aaeb6045a9151a9.psmdcp" Id="Rce5bde8356204e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437a9eb69eae4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e44c9dae2d56406ca38e60be616d9798.psmdcp" Id="R2d1b457ce9db4144" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Hospitalizations of St" sheetId="2" r:id="rId2"/>
     <x:sheet name="Race-Ethnicity" sheetId="3" r:id="rId3"/>
     <x:sheet name="Rural and Urban Areas" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Hospitalizations for Stroke as First-Listed Diagnosis in Adults with Diabetes, United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>