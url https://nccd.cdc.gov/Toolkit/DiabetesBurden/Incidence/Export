--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5662edcbb9664d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ed4b905900e4c37927435dc1a9dcc0e.psmdcp" Id="R4542929148f74842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489878ace3974211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0022982213f47ee867a633dd306f54a.psmdcp" Id="R8d05160839804a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Incidence of Diagnosed" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">Incidence of Diagnosed Diabetes in Adults, Aged 18-76 Years Old, United States, </x:t>
   </x:si>
   <x:si>
     <x:t>Newly Diagnosed Diabetes</x:t>
   </x:si>
   <x:si>