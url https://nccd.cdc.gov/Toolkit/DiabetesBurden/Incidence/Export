--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489878ace3974211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0022982213f47ee867a633dd306f54a.psmdcp" Id="R8d05160839804a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d43bd3098e4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d46b1d6074924879bbbdad3ab881eb3e.psmdcp" Id="R896af22c86404700" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Incidence of Diagnosed" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">Incidence of Diagnosed Diabetes in Adults, Aged 18-76 Years Old, United States, </x:t>
   </x:si>
   <x:si>
     <x:t>Newly Diagnosed Diabetes</x:t>
   </x:si>
   <x:si>