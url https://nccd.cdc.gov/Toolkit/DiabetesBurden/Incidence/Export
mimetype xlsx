--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d43bd3098e4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d46b1d6074924879bbbdad3ab881eb3e.psmdcp" Id="R896af22c86404700" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6d75315ab143d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/007cffa0c1a74bc3af1eb0f5ad2bf6ab.psmdcp" Id="Re99a459e2b084765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Incidence of Diagnosed" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">Incidence of Diagnosed Diabetes in Adults, Aged 18-76 Years Old, United States, </x:t>
   </x:si>
   <x:si>
     <x:t>Newly Diagnosed Diabetes</x:t>
   </x:si>
   <x:si>