--- v3 (2025-12-19)
+++ v4 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6d75315ab143d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/007cffa0c1a74bc3af1eb0f5ad2bf6ab.psmdcp" Id="Re99a459e2b084765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2431dc4360224775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cd35a31a3ef4522899fb550353b8e39.psmdcp" Id="R9a45cff692324410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Incidence of Diagnosed" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">Incidence of Diagnosed Diabetes in Adults, Aged 18-76 Years Old, United States, </x:t>
   </x:si>
   <x:si>
     <x:t>Newly Diagnosed Diabetes</x:t>
   </x:si>
   <x:si>