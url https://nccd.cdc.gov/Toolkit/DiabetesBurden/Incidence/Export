--- v4 (2026-01-11)
+++ v5 (2026-02-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2431dc4360224775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cd35a31a3ef4522899fb550353b8e39.psmdcp" Id="R9a45cff692324410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0183749aa0cf424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d3de80ec32b42e6b152d6b60beaccb4.psmdcp" Id="R02c705e5f3454846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Incidence of Diagnosed" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">Incidence of Diagnosed Diabetes in Adults, Aged 18-76 Years Old, United States, </x:t>
   </x:si>
   <x:si>
     <x:t>Newly Diagnosed Diabetes</x:t>
   </x:si>
   <x:si>