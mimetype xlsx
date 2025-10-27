--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31af803950cb4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3308393d3494846b92ad1216c60cd2f.psmdcp" Id="Rdb40b0e5824b4d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd63ff911e8b4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59d9660615df4b57a9cabf72324ce6f7.psmdcp" Id="R105b2552eeac46c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Direct Costs Attr payer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, by Payer, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Payer</x:t>
   </x:si>
   <x:si>