--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd63ff911e8b4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59d9660615df4b57a9cabf72324ce6f7.psmdcp" Id="R105b2552eeac46c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741a3de723c24d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d88ffdd26ba14252973c1efd57a9587f.psmdcp" Id="R539c80ecc6394fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Direct Costs Attr payer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, by Payer, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Payer</x:t>
   </x:si>
   <x:si>