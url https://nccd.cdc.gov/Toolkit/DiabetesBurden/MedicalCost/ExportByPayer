--- v2 (2025-11-17)
+++ v3 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741a3de723c24d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d88ffdd26ba14252973c1efd57a9587f.psmdcp" Id="R539c80ecc6394fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a03980b39b94a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e064b284d1d40ccaccf48105c3433bf.psmdcp" Id="Rdf51653f0a654ad4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Direct Costs Attr payer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, by Payer, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Payer</x:t>
   </x:si>
   <x:si>