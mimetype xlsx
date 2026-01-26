--- v3 (2025-12-30)
+++ v4 (2026-01-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a03980b39b94a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e064b284d1d40ccaccf48105c3433bf.psmdcp" Id="Rdf51653f0a654ad4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9473180d708440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1489bcc583e46efa3a85aba073d8360.psmdcp" Id="R49925a2739c54c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Direct Costs Attr payer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, by Payer, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Payer</x:t>
   </x:si>
   <x:si>