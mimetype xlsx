--- v4 (2026-01-26)
+++ v5 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9473180d708440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1489bcc583e46efa3a85aba073d8360.psmdcp" Id="R49925a2739c54c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad82139af70455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2fc5b7eebda4bb5a4044ee36f0820c3.psmdcp" Id="R0bd082f809cb402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Direct Costs Attr payer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, by Payer, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Payer</x:t>
   </x:si>
   <x:si>