--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623b3da1fd1a4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0d22e3909014ea594a7d01e647803d5.psmdcp" Id="Rfac7cf7e14c043f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f080328e8e04a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1534b71fc67a4a949cd73b6b05151eb5.psmdcp" Id="Rb537b932963a4126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medicare of CHD" sheetId="2" r:id="rId2"/>
     <x:sheet name="Rural and Urban Areas" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Coronary Heart Disease in Medicare Beneficiaries with Diabetes, Aged 65 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>