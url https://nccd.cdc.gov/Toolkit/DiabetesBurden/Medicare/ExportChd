--- v1 (2025-11-27)
+++ v2 (2026-01-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f080328e8e04a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1534b71fc67a4a949cd73b6b05151eb5.psmdcp" Id="Rb537b932963a4126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a5c21a273042c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/753929107e554594bb3dde04c9f4b0b6.psmdcp" Id="R339812be33784694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medicare of CHD" sheetId="2" r:id="rId2"/>
     <x:sheet name="Rural and Urban Areas" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Coronary Heart Disease in Medicare Beneficiaries with Diabetes, Aged 65 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>