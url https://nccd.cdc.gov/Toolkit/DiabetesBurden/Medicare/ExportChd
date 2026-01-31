--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a5c21a273042c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/753929107e554594bb3dde04c9f4b0b6.psmdcp" Id="R339812be33784694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae67452fc43543e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2d66d26509144eca9bd44edb3401dc5.psmdcp" Id="Rabac08f439b94864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medicare of CHD" sheetId="2" r:id="rId2"/>
     <x:sheet name="Rural and Urban Areas" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Coronary Heart Disease in Medicare Beneficiaries with Diabetes, Aged 65 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>