--- v0 (2025-11-06)
+++ v1 (2025-12-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra904e64089b24b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f61dd1c1d88471aa21a9708c9980675.psmdcp" Id="R5af3befe8d9744e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778f47a8df094f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63a370dc99cb4ae6b1f54a038ba6f3f1.psmdcp" Id="R39076f50b5fa4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medicare of CKD" sheetId="2" r:id="rId2"/>
     <x:sheet name="Rural and Urban Areas" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Chronic Kidney Disease in Medicare Beneficiaries with Diabetes, Aged 65 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>