--- v1 (2025-12-30)
+++ v2 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778f47a8df094f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63a370dc99cb4ae6b1f54a038ba6f3f1.psmdcp" Id="R39076f50b5fa4bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9b1677062a4145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/934807b101fc40d38bda3473e88f7592.psmdcp" Id="Rd9993ce576ba4fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medicare of CKD" sheetId="2" r:id="rId2"/>
     <x:sheet name="Rural and Urban Areas" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Chronic Kidney Disease in Medicare Beneficiaries with Diabetes, Aged 65 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>