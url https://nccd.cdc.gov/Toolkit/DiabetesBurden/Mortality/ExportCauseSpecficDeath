--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aabf611f59341a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7295a41bc48b4e18a30679648d87d78c.psmdcp" Id="R6b40206092444264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340db501b07d429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b993b1267944b01bc0f87bf95a51d59.psmdcp" Id="Rcad150b112974227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>