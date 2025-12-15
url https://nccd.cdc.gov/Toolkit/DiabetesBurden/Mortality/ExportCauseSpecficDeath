--- v1 (2025-11-04)
+++ v2 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340db501b07d429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b993b1267944b01bc0f87bf95a51d59.psmdcp" Id="Rcad150b112974227" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe8b51e4b744cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae0192681ba94338907aad3fe191e537.psmdcp" Id="R55c1656a5e3044da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>