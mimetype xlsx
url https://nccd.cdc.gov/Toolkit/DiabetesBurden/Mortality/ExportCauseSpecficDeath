--- v2 (2025-12-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe8b51e4b744cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae0192681ba94338907aad3fe191e537.psmdcp" Id="R55c1656a5e3044da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ee7390cadd4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dae5b220550d479ba43346f59f47412a.psmdcp" Id="Ref2f983f39554279" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>