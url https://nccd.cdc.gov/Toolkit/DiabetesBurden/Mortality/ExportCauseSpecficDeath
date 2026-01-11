--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ee7390cadd4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dae5b220550d479ba43346f59f47412a.psmdcp" Id="Ref2f983f39554279" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490875fc28f047a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7d54b75c3844f96b0c2d3bad1d459ae.psmdcp" Id="R886ea9dd3ad64b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>