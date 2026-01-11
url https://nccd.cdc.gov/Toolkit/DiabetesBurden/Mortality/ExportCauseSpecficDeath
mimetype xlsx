--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490875fc28f047a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7d54b75c3844f96b0c2d3bad1d459ae.psmdcp" Id="R886ea9dd3ad64b17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f690a96aea4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46fb78bfd5f3423387aafc9ae9b02787.psmdcp" Id="R098e990a819a45c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>