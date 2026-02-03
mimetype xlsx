--- v5 (2026-01-11)
+++ v6 (2026-02-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f690a96aea4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46fb78bfd5f3423387aafc9ae9b02787.psmdcp" Id="R098e990a819a45c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaba1326ca2a4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13855c4463f047049d235cd70ef77795.psmdcp" Id="R98b7245d6ca14cb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>