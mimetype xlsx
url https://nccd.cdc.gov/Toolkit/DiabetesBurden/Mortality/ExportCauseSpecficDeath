--- v6 (2026-02-03)
+++ v7 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaba1326ca2a4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13855c4463f047049d235cd70ef77795.psmdcp" Id="R98b7245d6ca14cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501046f1fcd0403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0c2d53216404fd580a37ee6e912bde1.psmdcp" Id="Rf6e399983b3a4446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Diabetes-attributable Deaths in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>