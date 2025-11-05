--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87589124efbd43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da1aeb69f94e48b5abb746f541ebd78b.psmdcp" Id="R47770833520148d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd296a84de5b4439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d6228980d884f38971d8ccedb7a3d26.psmdcp" Id="Re37690e27b4043cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Diabetes-attributable deaths per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>