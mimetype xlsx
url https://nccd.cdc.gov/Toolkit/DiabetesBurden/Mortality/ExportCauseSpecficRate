--- v1 (2025-11-05)
+++ v2 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd296a84de5b4439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d6228980d884f38971d8ccedb7a3d26.psmdcp" Id="Re37690e27b4043cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e2f27367e44c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/188a28ddb8fc42d0adec0b9ecbbdb344.psmdcp" Id="Rca8513dfb9ba4780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Diabetes-attributable deaths per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>