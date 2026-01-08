--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e2f27367e44c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/188a28ddb8fc42d0adec0b9ecbbdb344.psmdcp" Id="Rca8513dfb9ba4780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7034e647222649b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da6ef02adb524dc0a6e08fb630883fbb.psmdcp" Id="Rc1e4cf9b9ca54033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Diabetes-attributable deaths per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>