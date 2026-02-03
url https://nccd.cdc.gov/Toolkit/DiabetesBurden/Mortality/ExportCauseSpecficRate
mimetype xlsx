--- v3 (2026-01-08)
+++ v4 (2026-02-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7034e647222649b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da6ef02adb524dc0a6e08fb630883fbb.psmdcp" Id="Rc1e4cf9b9ca54033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ad0a4b22aa4026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6594db6693a44c9b6764c250bda2f24.psmdcp" Id="R3cc915bd9ad14eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Diabetes-attributable deaths per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>