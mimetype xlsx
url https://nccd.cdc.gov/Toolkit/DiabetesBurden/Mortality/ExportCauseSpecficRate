--- v4 (2026-02-03)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ad0a4b22aa4026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6594db6693a44c9b6764c250bda2f24.psmdcp" Id="R3cc915bd9ad14eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4803820ebb4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b9bbd54a8234e468c918879a6fa90aa.psmdcp" Id="Rb84fada2e40a4081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Diabetes-attributable deaths per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>