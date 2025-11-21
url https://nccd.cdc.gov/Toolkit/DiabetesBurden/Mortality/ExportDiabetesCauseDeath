--- v0 (2025-10-15)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddc74ca02d8454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08e3779f35ac4dd8b66ea636d2abba8a.psmdcp" Id="R1bc868262dbc4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94794ba725ed4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bff373a827645a18530cc9d71fcc04b.psmdcp" Id="R09a526d868514af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Deaths with Diabetes as Underlying Cause of Death (UCOD) in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>