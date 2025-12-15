--- v1 (2025-11-21)
+++ v2 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94794ba725ed4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bff373a827645a18530cc9d71fcc04b.psmdcp" Id="R09a526d868514af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15bd8809e9f4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d932c417ae74a2b8bbbe735c57997ed.psmdcp" Id="Rdcf98649cd84448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Deaths with Diabetes as Underlying Cause of Death (UCOD) in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>