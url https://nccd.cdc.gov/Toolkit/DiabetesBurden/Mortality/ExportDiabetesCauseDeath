--- v2 (2025-12-15)
+++ v3 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15bd8809e9f4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d932c417ae74a2b8bbbe735c57997ed.psmdcp" Id="Rdcf98649cd84448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa44adb196242f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2de3d7d6a403461d9a97aef7fe70c2c7.psmdcp" Id="R4d9095c89d8a4078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Deaths with Diabetes as Underlying Cause of Death (UCOD) in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>