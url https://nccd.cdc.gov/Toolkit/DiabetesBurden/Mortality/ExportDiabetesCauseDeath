--- v3 (2026-01-25)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa44adb196242f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2de3d7d6a403461d9a97aef7fe70c2c7.psmdcp" Id="R4d9095c89d8a4078" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1c2939b3a24447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0025e6d83ace4772ba64f63c95f8d2d1.psmdcp" Id="R8512d3d9e9e3421e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Deaths with Diabetes as Underlying Cause of Death (UCOD) in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>