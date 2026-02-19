--- v4 (2026-02-19)
+++ v5 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1c2939b3a24447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0025e6d83ace4772ba64f63c95f8d2d1.psmdcp" Id="R8512d3d9e9e3421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6d0862aa604a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dd539a77a3242558ef9b16b6943b59a.psmdcp" Id="R6bb50c5e45fc4358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Number of Deaths with Diabetes as Underlying Cause of Death (UCOD) in Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>