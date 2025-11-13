--- v0 (2025-10-09)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra847e5f9636b464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb03413020eb48cd9b43c4751b067fa4.psmdcp" Id="R21771fd010504119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5148511cdfeb4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f8879966a45410c80e8434bb50b8ca2.psmdcp" Id="R6d03b7fc04cb4595" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Deaths with Diabetes as Underlying Cause of Death (UCOD) per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>