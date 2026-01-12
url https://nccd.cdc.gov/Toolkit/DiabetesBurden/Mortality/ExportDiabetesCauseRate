--- v1 (2025-11-13)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5148511cdfeb4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f8879966a45410c80e8434bb50b8ca2.psmdcp" Id="R6d03b7fc04cb4595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415ca5ce47304832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/321593a38e724aa4bc6d7b3129ed6acf.psmdcp" Id="Rf8db67bb057a4faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Deaths with Diabetes as Underlying Cause of Death (UCOD) per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>