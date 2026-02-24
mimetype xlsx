--- v2 (2026-01-12)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415ca5ce47304832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/321593a38e724aa4bc6d7b3129ed6acf.psmdcp" Id="Rf8db67bb057a4faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78948b26fc354724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec8e62fc65df487581bd8c68dc8f40fe.psmdcp" Id="Rd0f7a00535b64eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sex" sheetId="2" r:id="rId2"/>
     <x:sheet name="Age Group" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sex and Age Group" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Deaths with Diabetes as Underlying Cause of Death (UCOD) per 100,000 Persons, Aged 15 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>