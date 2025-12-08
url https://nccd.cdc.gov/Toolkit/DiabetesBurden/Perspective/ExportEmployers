--- v0 (2025-10-27)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f451c6abee84cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8339166ac931457393d7de0448a2130f.psmdcp" Id="Red85ec86680b48eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b2954f66004b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9f09bf541db4d85afc90fee441468ed.psmdcp" Id="R8ac5201d81bd4d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Employers Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Costs Incurred by Employers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>