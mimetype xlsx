--- v1 (2025-12-08)
+++ v2 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b2954f66004b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9f09bf541db4d85afc90fee441468ed.psmdcp" Id="R8ac5201d81bd4d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42eb793427a478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4105795ca6643269dfc8e82596c6364.psmdcp" Id="R124dfb0da92f417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Employers Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Costs Incurred by Employers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>