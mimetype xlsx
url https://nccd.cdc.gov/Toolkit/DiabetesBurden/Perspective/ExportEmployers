--- v2 (2025-12-30)
+++ v3 (2026-01-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42eb793427a478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4105795ca6643269dfc8e82596c6364.psmdcp" Id="R124dfb0da92f417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a49570a61574bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36e22a10dc2e47bc9a669e66a6795bee.psmdcp" Id="R614b3cb2b65942ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Employers Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Costs Incurred by Employers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>