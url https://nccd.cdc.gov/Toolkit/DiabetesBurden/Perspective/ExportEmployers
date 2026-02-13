--- v3 (2026-01-24)
+++ v4 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a49570a61574bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36e22a10dc2e47bc9a669e66a6795bee.psmdcp" Id="R614b3cb2b65942ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d06f7c6723140d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65595eabd85e47b68cb71f55465cb15c.psmdcp" Id="R0f847fe6b2aa4da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Employers Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Costs Incurred by Employers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>