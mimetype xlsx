--- v0 (2025-10-06)
+++ v1 (2025-11-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce72dc6896c4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8da930ff5d504fc6bef0afaf97a72dd7.psmdcp" Id="Rd90c6e09e549419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bcacbf9b5ba4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f717becef84f4aa6af28292e02fbecc5.psmdcp" Id="R7c40722cd22445da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medical Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Medical Costs Incurred by State Medicaid Program, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>