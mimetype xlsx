--- v1 (2025-11-08)
+++ v2 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bcacbf9b5ba4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f717becef84f4aa6af28292e02fbecc5.psmdcp" Id="R7c40722cd22445da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5b8872ddcc4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5f10e96d6b144779556a2c60826963a.psmdcp" Id="R00e18b8939034986" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medical Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Medical Costs Incurred by State Medicaid Program, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>