--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5b8872ddcc4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5f10e96d6b144779556a2c60826963a.psmdcp" Id="R00e18b8939034986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237eb3ced3674cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81bf81a082a9442baaa4894f0e809ce7.psmdcp" Id="R9d3933903b2043b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medical Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Medical Costs Incurred by State Medicaid Program, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>