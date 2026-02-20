--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237eb3ced3674cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81bf81a082a9442baaa4894f0e809ce7.psmdcp" Id="R9d3933903b2043b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcefb7a497f6c42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e4564920b1746af8cb1ad567f6e4050.psmdcp" Id="R2e0e12e6fe9041a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medical Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Annual Diabetes-attributable Medical Costs Incurred by State Medicaid Program, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>