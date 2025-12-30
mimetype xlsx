--- v0 (2025-10-15)
+++ v1 (2025-12-30)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c8fa02eed34874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/148c6bf707434a119bb2c3e29f9c54eb.psmdcp" Id="R5535eb9f92c8403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f225c91f6064ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff3707456b6c45d69ca4cef7b5a5dcc5.psmdcp" Id="R078de03c4b874ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of Self-reported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Education Level" sheetId="3" r:id="rId3"/>
     <x:sheet name="Income Category" sheetId="4" r:id="rId4"/>
     <x:sheet name="Race-Ethnicity" sheetId="5" r:id="rId5"/>
     <x:sheet name="Rural and Urban Areas" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self - reported Diagnosed Diabetes in Adults, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>