--- v1 (2025-12-30)
+++ v2 (2026-01-23)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f225c91f6064ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff3707456b6c45d69ca4cef7b5a5dcc5.psmdcp" Id="R078de03c4b874ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa36e1392c143ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c65ae73a74e4572b197e0fb205cabd6.psmdcp" Id="R606d2291a02c451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of Self-reported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Education Level" sheetId="3" r:id="rId3"/>
     <x:sheet name="Income Category" sheetId="4" r:id="rId4"/>
     <x:sheet name="Race-Ethnicity" sheetId="5" r:id="rId5"/>
     <x:sheet name="Rural and Urban Areas" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self - reported Diagnosed Diabetes in Adults, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>