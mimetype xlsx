--- v2 (2026-01-23)
+++ v3 (2026-02-24)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa36e1392c143ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c65ae73a74e4572b197e0fb205cabd6.psmdcp" Id="R606d2291a02c451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3dbaa2c1d454010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0741136ad554138acf4730e594cefd9.psmdcp" Id="Rcc98e686f2084c24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of Self-reported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Education Level" sheetId="3" r:id="rId3"/>
     <x:sheet name="Income Category" sheetId="4" r:id="rId4"/>
     <x:sheet name="Race-Ethnicity" sheetId="5" r:id="rId5"/>
     <x:sheet name="Rural and Urban Areas" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self - reported Diagnosed Diabetes in Adults, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>