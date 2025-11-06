--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e683c17b7d4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff3d35ff6b0646f1ab359382dafa714f.psmdcp" Id="R0cbf6d6c426c4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9306712439434558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4b78a38536a4fc9ac1352935ebf8fba.psmdcp" Id="Rd4d732271d154a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of BI" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Severe Vision Impairment or Blindness in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>