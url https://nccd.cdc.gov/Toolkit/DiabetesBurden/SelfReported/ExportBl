--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9306712439434558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4b78a38536a4fc9ac1352935ebf8fba.psmdcp" Id="Rd4d732271d154a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578995dd3d584fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64435d60dbf745c69386fcceb4a39d8e.psmdcp" Id="R35d9251677704765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of BI" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Severe Vision Impairment or Blindness in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>