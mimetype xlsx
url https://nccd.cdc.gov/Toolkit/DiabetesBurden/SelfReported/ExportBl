--- v2 (2025-11-27)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578995dd3d584fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64435d60dbf745c69386fcceb4a39d8e.psmdcp" Id="R35d9251677704765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6fcc74fde6e4f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f27416d96b5347c08981b1366dd8d58a.psmdcp" Id="R023e3f8408f44f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of BI" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Severe Vision Impairment or Blindness in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>