--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6fcc74fde6e4f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f27416d96b5347c08981b1366dd8d58a.psmdcp" Id="R023e3f8408f44f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb010fd63d5e4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e563c86667114073b592891992ea2199.psmdcp" Id="Rd8964be5d5014176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of BI" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Severe Vision Impairment or Blindness in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>