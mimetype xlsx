--- v0 (2025-10-19)
+++ v1 (2025-11-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70611344ab074f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46874718b6ec470a8d8e447e2d2c33c0.psmdcp" Id="R53a63f17c68e42c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd930eb4df8c14958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240c8a121d4344e1b10b627d1240e5fb.psmdcp" Id="Rd0d9db45d7f74104" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of CHD" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Coronary Heart Disease in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>