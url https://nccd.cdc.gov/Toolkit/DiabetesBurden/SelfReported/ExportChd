--- v1 (2025-11-13)
+++ v2 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd930eb4df8c14958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240c8a121d4344e1b10b627d1240e5fb.psmdcp" Id="Rd0d9db45d7f74104" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087afbade01c4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9056dc2d047b465185ad3e646a95d7d4.psmdcp" Id="R89e7bf7d844b44bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of CHD" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Coronary Heart Disease in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>