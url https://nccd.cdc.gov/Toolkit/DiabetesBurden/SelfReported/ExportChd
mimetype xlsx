--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087afbade01c4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9056dc2d047b465185ad3e646a95d7d4.psmdcp" Id="R89e7bf7d844b44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245afcc647d748d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2c6635e17af402ba320057e8b69b7a0.psmdcp" Id="R4ec851fc293b4d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of CHD" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Coronary Heart Disease in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>