--- v0 (2025-11-08)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bee4b5b8b94461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17e04bf3dfe9408d9788c78a97aa0da9.psmdcp" Id="R0dd33226da174105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293bf67bdcb94c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7ec9ada1d4d49cb80a1afe312d1f135.psmdcp" Id="R9a33acd5e14744cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of HBP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported High Blood Pressure in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>