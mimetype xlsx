--- v1 (2025-11-29)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293bf67bdcb94c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7ec9ada1d4d49cb80a1afe312d1f135.psmdcp" Id="R9a33acd5e14744cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de857e53bf249e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ba60d64b91240a0a7cf2121de3b18b8.psmdcp" Id="R4e76e4be9bba4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of HBP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported High Blood Pressure in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>