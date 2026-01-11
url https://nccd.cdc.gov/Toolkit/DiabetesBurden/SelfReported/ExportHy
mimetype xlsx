--- v2 (2025-12-19)
+++ v3 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de857e53bf249e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ba60d64b91240a0a7cf2121de3b18b8.psmdcp" Id="R4e76e4be9bba4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c64cd1bc10145c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea674136ec444e36abab5a5f31f6ae29.psmdcp" Id="Ra6e3e8e73daf4a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of HBP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported High Blood Pressure in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>