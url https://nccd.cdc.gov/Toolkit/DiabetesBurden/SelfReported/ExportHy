--- v3 (2026-01-11)
+++ v4 (2026-02-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c64cd1bc10145c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea674136ec444e36abab5a5f31f6ae29.psmdcp" Id="Ra6e3e8e73daf4a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22986915397d445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67903f0fb9c24858a4f9fad232c02282.psmdcp" Id="R91122043880247cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of HBP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported High Blood Pressure in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>