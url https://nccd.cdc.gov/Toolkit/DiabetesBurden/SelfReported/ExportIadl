--- v0 (2025-11-27)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29d7ad17d974da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3edc9d6b832c4a81bf2c10c7f6832254.psmdcp" Id="Rb17cb7bb07484d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d81c644fc0f48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a2989f214f54e3fb9e1f61d7fea92c0.psmdcp" Id="Ra59be6a804284417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of LADL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Limitations in Instrumental Activities of Daily Living (IADL) in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>