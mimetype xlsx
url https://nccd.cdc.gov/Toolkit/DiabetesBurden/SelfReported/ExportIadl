--- v1 (2025-12-18)
+++ v2 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d81c644fc0f48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a2989f214f54e3fb9e1f61d7fea92c0.psmdcp" Id="Ra59be6a804284417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeff3c6fa1514468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb52c180c41e41899e7a135e303b5bde.psmdcp" Id="R10d72c9c419a4212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of LADL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Limitations in Instrumental Activities of Daily Living (IADL) in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>