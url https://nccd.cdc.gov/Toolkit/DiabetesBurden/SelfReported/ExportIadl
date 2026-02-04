--- v2 (2026-01-08)
+++ v3 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeff3c6fa1514468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb52c180c41e41899e7a135e303b5bde.psmdcp" Id="R10d72c9c419a4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5d4abbd8d049ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e06b91b4bead46739a28ff4ff661c05b.psmdcp" Id="Re365c42bcb7a476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of LADL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Limitations in Instrumental Activities of Daily Living (IADL) in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>