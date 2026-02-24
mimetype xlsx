--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5d4abbd8d049ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e06b91b4bead46739a28ff4ff661c05b.psmdcp" Id="Re365c42bcb7a476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e058809cebd48b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e61beddcdaa41268997e488db9b5b48.psmdcp" Id="R83c9c87a23d34a14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of LADL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Limitations in Instrumental Activities of Daily Living (IADL) in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>