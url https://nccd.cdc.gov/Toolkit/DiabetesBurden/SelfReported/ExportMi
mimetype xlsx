--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4772982e1b094d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32c30f027bc04b36bc06676743f9407f.psmdcp" Id="R7186d63261b84fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff413bb1b1554c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b0d28df09ad4750af1dc2547375ac76.psmdcp" Id="R86c18a422d0a4f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of MLi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Mobility Limitations in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>