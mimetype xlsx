--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff413bb1b1554c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b0d28df09ad4750af1dc2547375ac76.psmdcp" Id="R86c18a422d0a4f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1e3205ef984541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26c22b1a4d454239a65f0e67d9dabc2a.psmdcp" Id="R5c070d14639d4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of MLi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Mobility Limitations in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>