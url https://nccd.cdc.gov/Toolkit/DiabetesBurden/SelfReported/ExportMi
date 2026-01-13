--- v2 (2026-01-12)
+++ v3 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1e3205ef984541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26c22b1a4d454239a65f0e67d9dabc2a.psmdcp" Id="R5c070d14639d4296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99e8884e6184479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60aedcd130904383aa24ac5569897f57.psmdcp" Id="R957b512627714070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of MLi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Mobility Limitations in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>