--- v3 (2026-01-13)
+++ v4 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99e8884e6184479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60aedcd130904383aa24ac5569897f57.psmdcp" Id="R957b512627714070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b16d6f250e94bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/203440d6442144fd8b893729e02dfa24.psmdcp" Id="R899c09e87be84c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of MLi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Mobility Limitations in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>