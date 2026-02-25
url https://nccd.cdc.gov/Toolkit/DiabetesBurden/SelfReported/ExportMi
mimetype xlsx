--- v4 (2026-02-03)
+++ v5 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b16d6f250e94bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/203440d6442144fd8b893729e02dfa24.psmdcp" Id="R899c09e87be84c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22bfec084a454497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3bcdc2da3ed04de48ffec81f5d7f140d.psmdcp" Id="R671f9b850c9d459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prevalence of MLi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Prevalence of Self-reported Mobility Limitations in Adults with Diabetes, Aged 18 Years or Older, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>