--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c68a43394e64a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf7dca3964ca42969e741ceca1e81b3e.psmdcp" Id="R27af6fe489524384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887bcc1486894330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41557abeca444207bc53c3c2de625781.psmdcp" Id="Ra17158c86605405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Total Costs Attributable" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, All Payers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>