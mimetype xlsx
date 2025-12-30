--- v1 (2025-11-29)
+++ v2 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887bcc1486894330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41557abeca444207bc53c3c2de625781.psmdcp" Id="Ra17158c86605405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48728d00fbdb4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abd7e6c233f24113be34488de62c0370.psmdcp" Id="R322314f4a01343fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Total Costs Attributable" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, All Payers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>