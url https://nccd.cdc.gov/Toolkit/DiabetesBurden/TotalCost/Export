--- v2 (2025-12-30)
+++ v3 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48728d00fbdb4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abd7e6c233f24113be34488de62c0370.psmdcp" Id="R322314f4a01343fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed73e70b71441ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2474ac7287e4026a56cba3bb3a958d5.psmdcp" Id="R2e702cb5f1e144f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Total Costs Attributable" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, All Payers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>