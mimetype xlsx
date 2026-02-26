--- v3 (2026-01-23)
+++ v4 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed73e70b71441ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2474ac7287e4026a56cba3bb3a958d5.psmdcp" Id="R2e702cb5f1e144f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76df0dbabc640a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bef3f85db22e49579523ad71cfea1908.psmdcp" Id="Rb17e0364ea9744e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Total Costs Attributable" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Direct Medical Costs Attributable to Diabetes, All Payers, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>