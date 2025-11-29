--- v0 (2025-11-05)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd006379584444ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0c9f83ea21a495bbea2182308dd9d34.psmdcp" Id="R6551a4d0a7284c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e40a502efb4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5c0f3d5b34547579a508877ccb14c2d.psmdcp" Id="Rceacfb8679854126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Total Indirect Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>