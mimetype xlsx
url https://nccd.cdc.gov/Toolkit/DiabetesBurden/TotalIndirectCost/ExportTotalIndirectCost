--- v1 (2025-11-29)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e40a502efb4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5c0f3d5b34547579a508877ccb14c2d.psmdcp" Id="Rceacfb8679854126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14c0e4fe75ec4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93508d4c203f4c43a77573a755c89fff.psmdcp" Id="Rb88ff13b15a34cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Total Indirect Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>