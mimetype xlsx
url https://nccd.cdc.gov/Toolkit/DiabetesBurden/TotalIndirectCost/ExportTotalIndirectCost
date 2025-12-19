--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14c0e4fe75ec4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93508d4c203f4c43a77573a755c89fff.psmdcp" Id="Rb88ff13b15a34cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73efaedd44b4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a46bf8452ca409488d09ca505ee93c8.psmdcp" Id="R4f00769cc8334e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Total Indirect Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>