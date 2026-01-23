--- v3 (2025-12-19)
+++ v4 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73efaedd44b4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a46bf8452ca409488d09ca505ee93c8.psmdcp" Id="R4f00769cc8334e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43422193ef3e416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4629cb8968f64c548585ea79413420a4.psmdcp" Id="R7e1203e0c4aa477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Total Indirect Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>