--- v4 (2026-01-23)
+++ v5 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43422193ef3e416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4629cb8968f64c548585ea79413420a4.psmdcp" Id="R7e1203e0c4aa477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f0ba8bef3d4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c46d419d67c54bf29637c997af68cc69.psmdcp" Id="R77b4adf50f50490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Annual Costs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Annual Total Indirect Costs Attributable to Diabetes, United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>