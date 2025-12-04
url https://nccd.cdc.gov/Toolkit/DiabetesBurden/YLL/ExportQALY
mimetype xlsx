--- v0 (2025-10-22)
+++ v1 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e9d88c9b8944e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dde1fd7a1320450ba8c5e97058794240.psmdcp" Id="R0aa43159934e4c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02761bdf8fa945cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45d79f6ca107468aa12a8e446c14f66b.psmdcp" Id="R27c2def614584b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated QALYs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Quality Adjusted Life Years (QALYs), United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>