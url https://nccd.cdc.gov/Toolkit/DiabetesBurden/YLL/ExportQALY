--- v1 (2025-12-04)
+++ v2 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02761bdf8fa945cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45d79f6ca107468aa12a8e446c14f66b.psmdcp" Id="R27c2def614584b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d316586f274f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93bae50fee014339bdb8129fabbbaa2f.psmdcp" Id="R30f6572b581346d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated QALYs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Quality Adjusted Life Years (QALYs), United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>