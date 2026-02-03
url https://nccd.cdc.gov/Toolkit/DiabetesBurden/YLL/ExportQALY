--- v2 (2026-01-11)
+++ v3 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d316586f274f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93bae50fee014339bdb8129fabbbaa2f.psmdcp" Id="R30f6572b581346d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9020d1ee18cb4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66bf8ddec8d5455d8cbe3013d7cd8aa4.psmdcp" Id="R3aa0e363604b4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated QALYs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Quality Adjusted Life Years (QALYs), United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>