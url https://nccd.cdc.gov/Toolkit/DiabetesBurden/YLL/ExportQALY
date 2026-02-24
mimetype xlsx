--- v3 (2026-02-03)
+++ v4 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9020d1ee18cb4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66bf8ddec8d5455d8cbe3013d7cd8aa4.psmdcp" Id="R3aa0e363604b4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e612034d104453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f8bc7acb2ff4f7b9035a35c3850e2a9.psmdcp" Id="R4652588e03134e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated QALYs" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Quality Adjusted Life Years (QALYs), United States, 2021 Dollars</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>