--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4f7b85bf104f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70f7bd59df674302a1f3250ff6ae28df.psmdcp" Id="Rbb54cbd9a8de4745" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0447ed96f94fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fa216f64b8b49ff949a1c9431ab8b51.psmdcp" Id="R959ae7c7726d44ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated YLL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Years of Potential Life Lost (YPLL) due to Diabetes, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>