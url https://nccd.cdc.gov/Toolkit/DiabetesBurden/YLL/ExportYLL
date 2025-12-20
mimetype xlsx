--- v1 (2025-11-06)
+++ v2 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0447ed96f94fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fa216f64b8b49ff949a1c9431ab8b51.psmdcp" Id="R959ae7c7726d44ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b4c2460972445a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d51e71b49ece4663a089ca1df8b1d326.psmdcp" Id="R7f43c62aacd34c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated YLL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Years of Potential Life Lost (YPLL) due to Diabetes, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>