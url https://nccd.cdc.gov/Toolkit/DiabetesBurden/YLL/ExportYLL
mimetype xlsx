--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b4c2460972445a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d51e71b49ece4663a089ca1df8b1d326.psmdcp" Id="R7f43c62aacd34c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9140a30128ad4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8f8bf54201341e08b31610a6784b06b.psmdcp" Id="R740f547f459041c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated YLL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Years of Potential Life Lost (YPLL) due to Diabetes, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>