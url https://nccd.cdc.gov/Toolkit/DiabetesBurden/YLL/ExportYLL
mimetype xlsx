--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9140a30128ad4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8f8bf54201341e08b31610a6784b06b.psmdcp" Id="R740f547f459041c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9433375bbd3941fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67ab0c5d973b46aca750863ddfd77962.psmdcp" Id="R33b9440a3ec04b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Estimated YLL" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Estimated Years of Potential Life Lost (YPLL) due to Diabetes, United States, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Sex</x:t>
   </x:si>
   <x:si>